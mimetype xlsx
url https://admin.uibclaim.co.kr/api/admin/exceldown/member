--- v0 (2025-11-14)
+++ v1 (2026-01-01)
@@ -8,101 +8,98 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="sheet1" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="176" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>계약년도</t>
   </si>
   <si>
     <t>client</t>
   </si>
   <si>
     <t>피보험자</t>
   </si>
   <si>
     <t>피보험자 주민번호</t>
   </si>
   <si>
     <t>상태</t>
   </si>
   <si>
     <t>관계</t>
   </si>
   <si>
     <t>보험기간</t>
   </si>
   <si>
     <t>키맨</t>
   </si>
   <si>
-    <t>2024</t>
-[...11 lines deleted...]
-    <t>-</t>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>현대엔지니어링</t>
+  </si>
+  <si>
+    <t>오민석</t>
+  </si>
+  <si>
+    <t>000000-0******</t>
+  </si>
+  <si>
+    <t>탈퇴</t>
   </si>
   <si>
     <t>본인</t>
   </si>
   <si>
-    <t>2024-01-01~2024-12-31</t>
-[...5 lines deleted...]
-    <t>890527-1******</t>
+    <t>2026-01-01~2027-01-01</t>
+  </si>
+  <si>
+    <t>1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -439,629 +436,103 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:H25"/>
+  <dimension ref="A1:H2"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
-    </row>
-[...513 lines deleted...]
-      <c r="C25" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...10 lines deleted...]
-        <v>14</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">